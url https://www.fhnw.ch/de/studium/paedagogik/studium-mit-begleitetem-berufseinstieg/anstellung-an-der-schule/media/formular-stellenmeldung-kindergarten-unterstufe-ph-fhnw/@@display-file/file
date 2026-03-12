--- v0 (2025-12-05)
+++ v1 (2026-03-12)
@@ -1689,58 +1689,61 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> bereits vorhanden</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0439D942" w14:textId="3F44FD73" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="00D237BF">
+    <w:p w14:paraId="54BC09A1" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A84AF47" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRDefault="00D237BF" w:rsidP="00D237BF">
       <w:pPr>
         <w:spacing w:before="480"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2060"/>
         <w:gridCol w:w="6961"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B5477F" w:rsidRPr="001846FE" w14:paraId="1A6331ED" w14:textId="77777777" w:rsidTr="005926EF">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
@@ -2495,362 +2498,380 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="4BB573E0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gestalten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005926EF" w:rsidRPr="001846FE" w14:paraId="29278C6C" w14:textId="77777777" w:rsidTr="26488B31">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9021" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3BE742" w14:textId="77777777" w:rsidR="005926EF" w:rsidRPr="00996557" w:rsidRDefault="005926EF" w:rsidP="005926EF">
+          <w:p w14:paraId="2D3BE742" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
               <w:spacing w:before="60" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="522FA640" w14:textId="77777777" w:rsidR="00571121" w:rsidRDefault="005926EF" w:rsidP="00571121">
+          <w:p w14:paraId="6D35FD51" w14:textId="234871A1" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
-              <w:spacing w:before="40" w:after="240" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="60" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="26488B31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Durch eine Anstellung übernimmt die Schule gemeinsam mit der Pädagogischen Hochschule die </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB307C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>Ausbildungsverantwortung</w:t>
+            </w:r>
+            <w:r w:rsidRPr="26488B31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4410F9" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D4C06BD" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>gemeinsam</w:t>
-[...15 lines deleted...]
-              <w:t>die Ausbildungsverantwortung.</w:t>
+              <w:t xml:space="preserve">Folgende Bedingungen erfüllen Schulen bei der Anstellung von Lehrpersonen im Begleiteten Berufseinstieg (Kindergarten-/Unterstufe): </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="297529CF" w14:textId="77777777" w:rsidR="00996557" w:rsidRPr="00996557" w:rsidRDefault="00996557" w:rsidP="00571121">
-[...32 lines deleted...]
-          <w:p w14:paraId="38AB31D0" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="00CA33FA">
+          <w:p w14:paraId="38AB31D0" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schule im Bildungsraum Nordwestschweiz (Kantone AG, BL, BS, SO)</w:t>
             </w:r>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AA2D866" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="00CA33FA">
+          <w:p w14:paraId="1AA2D866" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anstellung entsprechend kantonsübergreifenden und kantonsspezifischen Anstellungsbedingungen der Studienvariante</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="745480BE" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="00CA33FA">
+          <w:p w14:paraId="745480BE" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="26488B31">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="26488B31">
+            <w:r w:rsidRPr="00DB307C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kindergarten- oder Primar</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>30-50%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="26488B31">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pensum </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB307C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-U</w:t>
+              <w:t>für möglichst 2 Schuljahre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="26488B31">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> als </w:t>
             </w:r>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>nterstufenlehrperson</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="26488B31">
+              <w:t>Kindergarten- oder Primar</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-U</w:t>
+            </w:r>
+            <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00442253">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nterstufenlehrperson</w:t>
+            </w:r>
+            <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ein </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="26488B31">
+              <w:t xml:space="preserve"> (Kindergarten oder 1.-3. Primarklassen, kein DaZ, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00442253">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ein </w:t>
+            </w:r>
+            <w:r w:rsidRPr="26488B31">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>IF)</w:t>
             </w:r>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59A5EA9C" w14:textId="77777777" w:rsidR="00002E21" w:rsidRDefault="00002E21" w:rsidP="00CA33FA">
+          <w:p w14:paraId="59A5EA9C" w14:textId="77777777" w:rsidR="00002E21" w:rsidRDefault="00002E21" w:rsidP="005926EF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002E21">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eine Unterstützung bei Klassenführung und Elternarbeit durch eine erfahrene Lehrperson mit mindestens 3 Jahren Berufserfahrung muss durch die Schule sichergestellt werden.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5679DFE8" w14:textId="061E761D" w:rsidR="005926EF" w:rsidRPr="00836FE4" w:rsidRDefault="005926EF" w:rsidP="00CA33FA">
+          <w:p w14:paraId="5679DFE8" w14:textId="061E761D" w:rsidR="005926EF" w:rsidRPr="00836FE4" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Begleitung an der Schule wird sichergestellt durch 3 Funktionsrollen (alle in Personalunion möglich):     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C8FB32E" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="00ED1533">
+          <w:p w14:paraId="1C8FB32E" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Durch die PH FHNW oder äquivalent qualifizierte </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mentoratsperson</w:t>
@@ -2947,58 +2968,58 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="0009271E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Mentor/in «Begleiteter Berufseinstieg» | FHNW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="4FD9B4C4" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="00ED1533">
+          <w:p w14:paraId="4FD9B4C4" w14:textId="77777777" w:rsidR="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Durch die PH FHNW oder äquivalent qualifizierte Praxislehrperson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. Die Anmeldung zur Qualifikation Praxislehrperson erfolgt bei Bedarf </w:t>
             </w:r>
@@ -3023,58 +3044,58 @@
               <w:t>. Hier finden Sie Informationen zur Qualifikation:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="0009271E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Qualifizierung zur Praxislehrperson und als Praktikumsleitende*r | FHNW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7A910987" w14:textId="237201AA" w:rsidR="005926EF" w:rsidRPr="005926EF" w:rsidRDefault="005926EF" w:rsidP="00ED1533">
+          <w:p w14:paraId="7A910987" w14:textId="237201AA" w:rsidR="005926EF" w:rsidRPr="005926EF" w:rsidRDefault="005926EF" w:rsidP="005926EF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stellenpartner/in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
@@ -3104,405 +3125,359 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> der </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">anstellenden </w:t>
             </w:r>
             <w:r w:rsidRPr="26488B31">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D73461" w:rsidRPr="001846FE" w14:paraId="14B8E989" w14:textId="77777777" w:rsidTr="00C86BE7">
+      <w:tr w:rsidR="00D73461" w:rsidRPr="001846FE" w14:paraId="14B8E989" w14:textId="77777777" w:rsidTr="005A2094">
         <w:trPr>
-          <w:trHeight w:val="3975"/>
+          <w:trHeight w:val="1947"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9021" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61F12735" w14:textId="24698A02" w:rsidR="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D2305A">
+          <w:p w14:paraId="61F12735" w14:textId="77777777" w:rsidR="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D73461">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hinweise zur Studienvariante</w:t>
             </w:r>
             <w:r w:rsidRPr="005926EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quereinstieg</w:t>
             </w:r>
-            <w:r w:rsidR="009F5C32">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-              <w:t>Webseiten der PH FHNW)</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1955A83A" w14:textId="3E479740" w:rsidR="00D73461" w:rsidRDefault="00D73461" w:rsidP="00ED1533">
+          <w:p w14:paraId="1955A83A" w14:textId="3E479740" w:rsidR="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D73461">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Spezielles </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C534B">
+            <w:r w:rsidRPr="00DB307C">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vollzeit</w:t>
-[...17 lines deleted...]
-              <w:t>Studienprogramm</w:t>
+              <w:t>Vollzeit-Studienprogramm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(3 Jahre)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>für berufserfahrene Personen ab 27 Jahren</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DFE7A86" w14:textId="5B101104" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00ED1533">
+          <w:p w14:paraId="6DFE7A86" w14:textId="5B101104" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D73461">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Studierende verbinden ab dem zweiten Studienjahr Studium und Berufstätigkeit als Lehr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>person</w:t>
             </w:r>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B7A0BD2" w14:textId="610F0C3F" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00ED1533">
+          <w:p w14:paraId="7B7A0BD2" w14:textId="610F0C3F" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D73461">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Eine Anstellung liegt mindestens so lange vor, bis hochschulseitig alle Praxismodule und Integrationsmodule erfolgreich absolviert wurden. Die Verknüpfung des Studiums, insbesondere der Integrationsmodule, mit der Unterrichtstätigkeit wird ermöglicht. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="142462E4" w14:textId="77777777" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00ED1533">
+          <w:p w14:paraId="142462E4" w14:textId="77777777" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D73461">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dauer der Begleitung durch Praxislehrperson: 4 Semester</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E1C993B" w14:textId="77777777" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00ED1533">
+          <w:p w14:paraId="5E1C993B" w14:textId="77777777" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D73461">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dauer der Begleitung durch Mentor*in Begleiteter Berufseinstieg: 2 Jahre</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0071A7A7" w14:textId="77777777" w:rsidR="00D73461" w:rsidRDefault="00D73461" w:rsidP="00ED1533">
+          <w:p w14:paraId="0071A7A7" w14:textId="77777777" w:rsidR="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D73461">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Detaillierte Informationen zum Studium unter folgendem Link: </w:t>
             </w:r>
             <w:hyperlink r:id="rId17">
               <w:r w:rsidRPr="00D73461">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Studienvariante Quereinstieg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D73461">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6952489F" w14:textId="5B1BEEFC" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00ED1533">
+          <w:p w14:paraId="6952489F" w14:textId="5B1BEEFC" w:rsidR="00D73461" w:rsidRPr="00D73461" w:rsidRDefault="00D73461" w:rsidP="00D73461">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="80" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Infoblatt «</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00D73461">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
@@ -3809,1580 +3784,1528 @@
       <w:r w:rsidR="00BF60FA" w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> der Anstellungsbedi</w:t>
       </w:r>
       <w:r w:rsidR="00701BE7" w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ngungen</w:t>
       </w:r>
       <w:r w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC933AC" w14:textId="2C2A0042" w:rsidR="00D237BF" w:rsidRPr="00D237BF" w:rsidRDefault="0040580C" w:rsidP="00D237BF">
+    <w:p w14:paraId="6AC933AC" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="00D237BF" w:rsidRDefault="0040580C" w:rsidP="00D237BF">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00F82A8F" w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ie </w:t>
       </w:r>
       <w:r w:rsidR="00291FB3" w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Studiengangsleit</w:t>
       </w:r>
       <w:r w:rsidR="0009271E" w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ung</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>, bzw. Phasenverantwortliche Quereinstieg</w:t>
       </w:r>
       <w:r w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> anerkennt mit ihrer Unterschrift</w:t>
       </w:r>
       <w:r w:rsidR="00664125" w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">die </w:t>
       </w:r>
       <w:r w:rsidR="00237139" w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anstellung für die angegebene Studienvariante.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4F3BB3" w14:textId="16ACFF37" w:rsidR="00D237BF" w:rsidRPr="00D237BF" w:rsidRDefault="00A1777A" w:rsidP="00D237BF">
+    <w:p w14:paraId="2C4F3BB3" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="00D237BF" w:rsidRDefault="00A1777A" w:rsidP="00D237BF">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alle Unterzeichnenden erklären mit ihrer Unterschrift ihr Einverständnis zur Weitergabe ihrer Personendaten zum Zweck der Administration der Studienvariante durch die PH FHNW und die Kantone. Die </w:t>
-[...47 lines deleted...]
-        <w:t>dabei die Personendaten an die für die Studienvariante verantwortliche Stelle des anstellenden Kantons sowie an Personen weiter, die an der Lehre resp. der Weiterbildung im Zusammenhang mit der Studienvariante an der PH FHNW beteiligt sind. Nachdem die Personendaten nicht mehr von den Verantwortlichen an PH FHNW und Kantonen benötigt werden, werden sie an beiden Stellen umgehend gelöscht.</w:t>
+        <w:t>Alle Unterzeichnenden erklären mit ihrer Unterschrift ihr Einverständnis zur Weitergabe ihrer Personendaten zum Zweck der Administration der Studienvariante durch die PH FHNW und die Kantone. Die Studiengangsleitung des Instituts Kindergarten-/Unterstufe (IKU) der PH FHNW gibt dabei die Personendaten an die für die Studienvariante verantwortliche Stelle des anstellenden Kantons sowie an Personen weiter, die an der Lehre resp. der Weiterbildung im Zusammenhang mit der Studienvariante an der PH FHNW beteiligt sind. Nachdem die Personendaten nicht mehr von den Verantwortlichen an PH FHNW und Kantonen benötigt werden, werden sie an beiden Stellen umgehend gelöscht.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304EBFE8" w14:textId="5BEA7EA2" w:rsidR="26488B31" w:rsidRPr="00202629" w:rsidRDefault="00A1777A" w:rsidP="000E2AEB">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D237BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Die Unterzeichnenden erklären weiterhin ihre Absicht, bei Auflösungen oder Mutationen der Vereinbarung vorgängig mit der Kontaktperson des Instituts Kindergarten-/Unterstufe der PH FHNW das Gespräch zu suchen (vgl. unten «Kontakt»).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2833"/>
+        <w:gridCol w:w="2836"/>
         <w:gridCol w:w="283"/>
-        <w:gridCol w:w="2832"/>
+        <w:gridCol w:w="2835"/>
         <w:gridCol w:w="284"/>
-        <w:gridCol w:w="2926"/>
+        <w:gridCol w:w="2930"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="7D5C14FA" w14:textId="45A23D67" w:rsidTr="00570356">
+      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="7D5C14FA" w14:textId="45A23D67" w:rsidTr="00202629">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6ADE0512" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00202629">
             <w:pPr>
               <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Student*in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09CC3249" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00202629">
             <w:pPr>
               <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37930A1B" w14:textId="2842127E" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00202629">
             <w:pPr>
               <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schulleitung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="734202A2" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00202629">
             <w:pPr>
               <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="2930" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2D8C31D0" w14:textId="71D42951" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00202629">
             <w:pPr>
               <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mentoratsperson</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202629" w:rsidRPr="007C7DEF" w14:paraId="049F31CB" w14:textId="1F55EBDD" w:rsidTr="00570356">
+      <w:tr w:rsidR="00202629" w:rsidRPr="007C7DEF" w14:paraId="049F31CB" w14:textId="1F55EBDD" w:rsidTr="00202629">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B99056E" w14:textId="44BD3A51" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="000E2AEB">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="34C8665A" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1299C43A" w14:textId="79B1CB12" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="342CF8FA" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="2930" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DDBEF00" w14:textId="466BE495" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202629" w:rsidRPr="007C7DEF" w14:paraId="43B9A75D" w14:textId="77777777" w:rsidTr="00570356">
+      <w:tr w:rsidR="00202629" w:rsidRPr="007C7DEF" w14:paraId="43B9A75D" w14:textId="77777777" w:rsidTr="00202629">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="351ACBE3" w14:textId="77777777" w:rsidR="00202629" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6027ECEB" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="76B8DC31" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CE4486D" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4CBB448E" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="2930" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4741D5F3" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="45F3F9C1" w14:textId="28F9D5C9" w:rsidTr="00570356">
+      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="45F3F9C1" w14:textId="28F9D5C9" w:rsidTr="007C7DEF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C612E78" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C25218B" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68BB79C4" w14:textId="070B6B6E" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26A58DB7" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="2930" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21BE22FB" w14:textId="3C586849" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="702A7CE4" w14:textId="77777777" w:rsidTr="00570356">
+      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="702A7CE4" w14:textId="77777777" w:rsidTr="007C7DEF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="707EA63B" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47CA725A" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58490CEE" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C91BDC3" w14:textId="1784AF62" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3478BDE3" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="2930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E29BE3A" w14:textId="383A6D1D" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00570356" w:rsidRPr="007C7DEF" w14:paraId="67AFDBDE" w14:textId="77777777" w:rsidTr="00570356">
+      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="67AFDBDE" w14:textId="77777777" w:rsidTr="007C7DEF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABA4852" w14:textId="4119FD0A" w:rsidR="00570356" w:rsidRPr="007C7DEF" w:rsidRDefault="00570356" w:rsidP="000E2AEB">
+          <w:p w14:paraId="2ABA4852" w14:textId="4119FD0A" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="000E2AEB">
             <w:pPr>
               <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Praxislehrperson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="639AAF3A" w14:textId="77777777" w:rsidR="00570356" w:rsidRPr="007C7DEF" w:rsidRDefault="00570356" w:rsidP="000E2AEB">
+          <w:p w14:paraId="639AAF3A" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="000E2AEB">
             <w:pPr>
               <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6042" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78C0DE38" w14:textId="3982B9FB" w:rsidR="00570356" w:rsidRPr="007C7DEF" w:rsidRDefault="00570356" w:rsidP="00A1777A">
+          <w:p w14:paraId="4775440F" w14:textId="0581E77F" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="000E2AEB">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C7DEF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Studiengangsleitung IKU PH FHNW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49EFA6EE" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C7DEF">
-[...54 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2930" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C0DE38" w14:textId="17198AD4" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00202629" w:rsidRPr="007C7DEF" w14:paraId="1D253465" w14:textId="77777777" w:rsidTr="00570356">
+      <w:tr w:rsidR="00202629" w:rsidRPr="007C7DEF" w14:paraId="1D253465" w14:textId="77777777" w:rsidTr="007C7DEF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="036C5B7D" w14:textId="77777777" w:rsidR="00202629" w:rsidRDefault="00202629" w:rsidP="000E2AEB">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EFE69E1" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3130C1AB" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36828A60" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="2930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="490342C4" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="35D92933" w14:textId="77777777" w:rsidTr="00570356">
+      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="35D92933" w14:textId="77777777" w:rsidTr="007C7DEF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2E47B5EF" w14:textId="77777777" w:rsidR="00202629" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08F1F4F5" w14:textId="77777777" w:rsidR="00202629" w:rsidRPr="007C7DEF" w:rsidRDefault="00202629" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2107D892" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="454F202A" w14:textId="404137D6" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03AE89A8" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="2930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0791B7D7" w14:textId="09E3CFFB" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="4A9EDFB6" w14:textId="77777777" w:rsidTr="00570356">
+      <w:tr w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w14:paraId="4A9EDFB6" w14:textId="77777777" w:rsidTr="00202629">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72A3013D" w14:textId="42841B48" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F003F4E" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72737BF7" w14:textId="450C2BFC" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F25C8D2" w14:textId="77777777" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
+            <w:tcW w:w="2930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5367A7D8" w14:textId="59E3B1B8" w:rsidR="00D237BF" w:rsidRPr="007C7DEF" w:rsidRDefault="00D237BF" w:rsidP="00A1777A">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="21BECF58" w14:textId="214B9143" w:rsidR="001F3126" w:rsidRPr="007C7DEF" w:rsidRDefault="004D14BD" w:rsidP="000E2AEB">
+    <w:p w14:paraId="21BECF58" w14:textId="214B9143" w:rsidR="001F3126" w:rsidRPr="0009597B" w:rsidRDefault="004D14BD" w:rsidP="000E2AEB">
       <w:pPr>
         <w:spacing w:before="480" w:after="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Laufweg: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF1C23D" w14:textId="2CF19933" w:rsidR="004D14BD" w:rsidRPr="007C7DEF" w:rsidRDefault="004D14BD" w:rsidP="00C77CDB">
-[...2 lines deleted...]
-        <w:ind w:left="416" w:hanging="416"/>
+    <w:p w14:paraId="0DF1C23D" w14:textId="3DDC241D" w:rsidR="004D14BD" w:rsidRPr="0009597B" w:rsidRDefault="004D14BD" w:rsidP="0009597B">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die studierende Person stellt das Formular nach einem positiven Anstellungsbescheid der Schulleitung zu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E65C533" w14:textId="77777777" w:rsidR="00F203F7" w:rsidRPr="007C7DEF" w:rsidRDefault="004D14BD" w:rsidP="00CC03D7">
-[...2 lines deleted...]
-        <w:ind w:left="416" w:hanging="416"/>
+    <w:p w14:paraId="3E65C533" w14:textId="511CC7E6" w:rsidR="00F203F7" w:rsidRPr="0009597B" w:rsidRDefault="004D14BD" w:rsidP="0009597B">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Schulleitung </w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">füllt das Formular aus und </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">stellt </w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">dieses mit den Unterschriften der </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Mentoratsperson</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> sowie der Praxislehrperson </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">der studierenden Person </w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">zu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E189B9" w14:textId="013CB9AA" w:rsidR="004564A9" w:rsidRPr="007C7DEF" w:rsidRDefault="004D14BD" w:rsidP="00CC03D7">
-[...2 lines deleted...]
-        <w:ind w:left="416" w:hanging="416"/>
+    <w:p w14:paraId="51E189B9" w14:textId="3574464C" w:rsidR="004564A9" w:rsidRPr="0009597B" w:rsidRDefault="004D14BD" w:rsidP="0009597B">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die studierende Person reicht das von ihr und </w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>allen beteiligten</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Personen </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">unterzeichnete Formular </w:t>
       </w:r>
-      <w:r w:rsidR="00202629" w:rsidRPr="00565AFC">
+      <w:r w:rsidR="00202629" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>so bald</w:t>
       </w:r>
-      <w:r w:rsidR="004564A9" w:rsidRPr="00565AFC">
+      <w:r w:rsidR="004564A9" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> wie möglich (spätestens bis am 15. Juni)</w:t>
+        <w:t xml:space="preserve"> wie möglich</w:t>
       </w:r>
-      <w:r w:rsidR="004564A9" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="004564A9" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (spätestens bis am </w:t>
       </w:r>
-      <w:r w:rsidR="004564A9" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="004564A9" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>15. Juni</w:t>
+      </w:r>
+      <w:r w:rsidR="004564A9" w:rsidRPr="0009597B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="004564A9" w:rsidRPr="0009597B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>bei</w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> der Studiengangsleitung IKU </w:t>
       </w:r>
-      <w:r w:rsidR="004564A9" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="004564A9" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">ein </w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="004564A9" w:rsidRPr="007C7DEF">
+        <w:r w:rsidR="004564A9" w:rsidRPr="0009597B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="de-DE"/>
           </w:rPr>
           <w:t>quereinstieg.iku.ph@fhnw.ch</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004564A9" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="004564A9" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAF4956" w14:textId="41D551DE" w:rsidR="00202629" w:rsidRDefault="004D14BD" w:rsidP="00202629">
-[...2 lines deleted...]
-        <w:ind w:left="414" w:hanging="414"/>
+    <w:p w14:paraId="4CAF4956" w14:textId="00268DBD" w:rsidR="00202629" w:rsidRPr="0009597B" w:rsidRDefault="004D14BD" w:rsidP="0009597B">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="80" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
-      <w:r w:rsidR="001F3126" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="001F3126" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Studiengangsleit</w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>ung</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> retourniert das Formular mit allen </w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>fünf</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Unterschriften an die studierende Person</w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> und</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> an die Schulleitung</w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Zudem wird die E-Mail im CC an die Kursadministration für die Weiterbildung zur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Mentoratsperson</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Begleiteter Berufseinstieg </w:t>
       </w:r>
-      <w:r w:rsidR="00CC03D7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00CC03D7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>und an die Kantonale Ansprechperson</w:t>
       </w:r>
-      <w:r w:rsidR="00F203F7" w:rsidRPr="007C7DEF">
+      <w:r w:rsidR="00F203F7" w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> gesendet</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C7DEF">
+      <w:r w:rsidRPr="0009597B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00202629">
+      <w:r w:rsidR="00202629" w:rsidRPr="0009597B">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B1E964" w14:textId="2583CF2A" w:rsidR="00F203F7" w:rsidRPr="007C7DEF" w:rsidRDefault="00F203F7" w:rsidP="007C7DEF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7DEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5423,84 +5346,122 @@
     <w:p w14:paraId="2354658D" w14:textId="77777777" w:rsidR="00F203F7" w:rsidRPr="007C7DEF" w:rsidRDefault="00F203F7" w:rsidP="00F203F7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E2796C1" w14:textId="77777777" w:rsidR="00F203F7" w:rsidRPr="007C7DEF" w:rsidRDefault="00F203F7" w:rsidP="00F203F7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7DEF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Katja Stocker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D1BDC6" w14:textId="405D80EB" w:rsidR="00F203F7" w:rsidRPr="007C7DEF" w:rsidRDefault="00F203F7" w:rsidP="00F203F7">
+    <w:p w14:paraId="64D1BDC6" w14:textId="5B3C7ED2" w:rsidR="00F203F7" w:rsidRPr="007C7DEF" w:rsidRDefault="00F203F7" w:rsidP="00F203F7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7DEF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>032/ 628 66 46</w:t>
       </w:r>
+      <w:r w:rsidR="0009597B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0009597B" w:rsidRPr="0009597B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ab 01.08.26: </w:t>
+      </w:r>
+      <w:r w:rsidR="0009597B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0009597B" w:rsidRPr="0009597B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>62 957 36 46</w:t>
+      </w:r>
+      <w:r w:rsidR="0009597B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="078D2EA6" w14:textId="0E001A41" w:rsidR="00F203F7" w:rsidRPr="007C7DEF" w:rsidRDefault="00F203F7" w:rsidP="00F203F7">
+    <w:p w14:paraId="078D2EA6" w14:textId="3ADA271D" w:rsidR="00F203F7" w:rsidRPr="007C7DEF" w:rsidRDefault="00F203F7" w:rsidP="00F203F7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="007C7DEF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>quereinstieg.iku.ph@fhnw.ch</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="0009597B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="03468DD0" w14:textId="1ACF6704" w:rsidR="7F5B6788" w:rsidRPr="007C7DEF" w:rsidRDefault="00CC03D7" w:rsidP="007C7DEF">
       <w:pPr>
         <w:spacing w:before="720" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7DEF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>K</w:t>
@@ -5791,171 +5752,170 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Solothurn:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67D022A2" w14:textId="77777777" w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w:rsidRDefault="007C7DEF" w:rsidP="00AD09D2">
+          <w:p w14:paraId="67D022A2" w14:textId="07A4179C" w:rsidR="007C7DEF" w:rsidRPr="007C7DEF" w:rsidRDefault="00DB307C" w:rsidP="00AD09D2">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24">
-              <w:r w:rsidRPr="007C7DEF">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="00FB5997">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>simone.bechir@dbk.so.ch</w:t>
+                <w:t>irina.bannwart@dbk.so.ch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="007C7DEF">
+            <w:r w:rsidR="007C7DEF" w:rsidRPr="007C7DEF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="00ED6742" w:rsidRPr="007C7DEF" w:rsidRDefault="00ED6742" w:rsidP="26488B31">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED6742" w:rsidRPr="007C7DEF" w:rsidSect="00CC03D7">
       <w:headerReference w:type="even" r:id="rId25"/>
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="default" r:id="rId27"/>
       <w:headerReference w:type="first" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="624" w:gutter="0"/>
       <w:cols w:space="709"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D0A64A2" w14:textId="77777777" w:rsidR="007E544A" w:rsidRDefault="007E544A">
+    <w:p w14:paraId="25FA09B1" w14:textId="77777777" w:rsidR="00947883" w:rsidRDefault="00947883">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DEDACA8" w14:textId="77777777" w:rsidR="007E544A" w:rsidRDefault="007E544A">
+    <w:p w14:paraId="6F1DC433" w14:textId="77777777" w:rsidR="00947883" w:rsidRDefault="00947883">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="079760E7" w14:textId="77777777" w:rsidR="007E544A" w:rsidRDefault="007E544A">
+    <w:p w14:paraId="73E5A8C4" w14:textId="77777777" w:rsidR="00947883" w:rsidRDefault="00947883">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
-    <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Egyptienne F Roman">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers LT">
     <w:altName w:val="Univers LT"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -6211,97 +6171,100 @@
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="002E37B4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="00AD7518" w:rsidRDefault="00AD7518">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:spacing w:line="14" w:lineRule="exact"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BC18BFA" w14:textId="77777777" w:rsidR="007E544A" w:rsidRDefault="007E544A">
+    <w:p w14:paraId="034C457A" w14:textId="77777777" w:rsidR="00947883" w:rsidRDefault="00947883">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18B42EA1" w14:textId="77777777" w:rsidR="007E544A" w:rsidRDefault="007E544A">
+    <w:p w14:paraId="6CE6DDC9" w14:textId="77777777" w:rsidR="00947883" w:rsidRDefault="00947883">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D2A30B4" w14:textId="77777777" w:rsidR="007E544A" w:rsidRDefault="007E544A">
+    <w:p w14:paraId="32F4A4D7" w14:textId="77777777" w:rsidR="00947883" w:rsidRDefault="00947883">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="787B1DB1" w14:textId="77777777" w:rsidR="00A660CF" w:rsidRDefault="00A660CF" w:rsidP="00A660CF">
+    <w:p w14:paraId="787B1DB1" w14:textId="1CE1F6DD" w:rsidR="00A660CF" w:rsidRDefault="00A660CF" w:rsidP="00A660CF">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Formular ersetzt </w:t>
       </w:r>
       <w:r w:rsidRPr="00F64633">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">nicht </w:t>
       </w:r>
       <w:r>
-        <w:t>den ordentlichen Anstellungsvertrag.</w:t>
+        <w:t>den ordentlichen Anstellungsvertra</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB307C">
+        <w:t>g, ist jedoch nur in Kombination mit diesem gültig.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="453B4F69" w14:textId="6F7143A3" w:rsidR="26488B31" w:rsidRPr="00121086" w:rsidRDefault="26488B31" w:rsidP="26488B31">
+    <w:p w14:paraId="453B4F69" w14:textId="0662C8C6" w:rsidR="26488B31" w:rsidRPr="00121086" w:rsidRDefault="26488B31" w:rsidP="26488B31">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
       </w:pPr>
       <w:r w:rsidRPr="26488B31">
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="26488B31">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00121086">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Wenn keine Qualifikation der PH FHNW vorliegt, ist eine Anmeldung auf die </w:t>
@@ -6319,103 +6282,61 @@
         <w:r w:rsidR="00810ADD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>*in</w:t>
         </w:r>
         <w:r w:rsidRPr="00121086">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Begleiteter Berufseinstieg”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00121086">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> in jedem Fall verbindlich. </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1122">
+      <w:r w:rsidR="00DB307C">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Die Anmeldung erfolgt direkt über das Institut Kindergarten-/Unterstufe</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">. Die Kontaktdaten werden ans Institut Weiterbildung und Beratung weitergeleitet. </w:t>
+        <w:t xml:space="preserve">Die Anmeldung wird aufgrund der Angaben auf diesem Formular direkt durch das Institut Kindergarten-/Unterstufe eingeleitet. </w:t>
       </w:r>
       <w:r w:rsidRPr="00121086">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Falls bereits eine entsprechende Qualifikation </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">, wenden Sie sich bitte an die Kontaktperson </w:t>
+        <w:t xml:space="preserve">Falls Sie bereits eine entsprechende Qualifikation haben und diese auf Äquivalenz prüfen lassen möchten, wenden Sie sich bitte an die Kontaktperson </w:t>
       </w:r>
       <w:r w:rsidRPr="00121086">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:hyperlink r:id="rId2">
         <w:r w:rsidRPr="00121086">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Weiterbildung Mentor*in Begleiteter Berufseinstieg».</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="40883343" w14:textId="2CA2C127" w:rsidR="0095462A" w:rsidRDefault="0095462A">
       <w:pPr>
@@ -8185,50 +8106,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44106389"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7C183444"/>
+    <w:lvl w:ilvl="0" w:tplc="0807000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0807000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A154395"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CC0EF128"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8333,51 +8340,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FD02359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FFA0AC0"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8446,51 +8453,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57E25399"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC628080"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8595,51 +8602,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="611477B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2116CB0A"/>
     <w:lvl w:ilvl="0" w:tplc="82740B6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="993" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -8684,51 +8691,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="783B419D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FCAE60BE"/>
     <w:styleLink w:val="AktuelleListe2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="1294"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2865" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8774,51 +8781,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7905" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D4644B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51BCEB36"/>
     <w:lvl w:ilvl="0" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8887,51 +8894,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E403AC6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1472A382"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9036,51 +9043,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FB47153"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E55EF4A2"/>
     <w:styleLink w:val="AktuelleListe1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2865" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9133,99 +9140,102 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7905" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="421685606">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1164395139">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="144980637">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1482575048">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1438326442">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1451437357">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2094162678">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="721172843">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2023049987">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1975939539">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="319426436">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1232538871">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="382870229">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="616185302">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1293899591">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="980236302">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1999766200">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="305354148">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="587739266">
     <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="749935685">
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white" stroke="f">
       <v:fill color="white" on="f"/>
       <v:stroke on="f"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -9248,104 +9258,103 @@
     <w:rsidRoot w:val="00537FE5"/>
     <w:rsid w:val="00002C9F"/>
     <w:rsid w:val="00002E21"/>
     <w:rsid w:val="00011CE9"/>
     <w:rsid w:val="0001244F"/>
     <w:rsid w:val="00016EAE"/>
     <w:rsid w:val="00017EF1"/>
     <w:rsid w:val="0002429C"/>
     <w:rsid w:val="00024ACC"/>
     <w:rsid w:val="000426A5"/>
     <w:rsid w:val="00043973"/>
     <w:rsid w:val="00050811"/>
     <w:rsid w:val="00055EC3"/>
     <w:rsid w:val="0006064A"/>
     <w:rsid w:val="0007093B"/>
     <w:rsid w:val="00075960"/>
     <w:rsid w:val="00076F21"/>
     <w:rsid w:val="00077399"/>
     <w:rsid w:val="00080288"/>
     <w:rsid w:val="00081E79"/>
     <w:rsid w:val="00083C93"/>
     <w:rsid w:val="000851B8"/>
     <w:rsid w:val="0009271E"/>
     <w:rsid w:val="00093A9A"/>
     <w:rsid w:val="00095241"/>
+    <w:rsid w:val="0009597B"/>
     <w:rsid w:val="00096060"/>
     <w:rsid w:val="000B1EC3"/>
     <w:rsid w:val="000C33D1"/>
     <w:rsid w:val="000C44E1"/>
     <w:rsid w:val="000D1984"/>
     <w:rsid w:val="000D6C78"/>
     <w:rsid w:val="000E0311"/>
     <w:rsid w:val="000E2AEB"/>
     <w:rsid w:val="000E3B75"/>
     <w:rsid w:val="000E4552"/>
     <w:rsid w:val="000F28A0"/>
     <w:rsid w:val="000F7B6E"/>
     <w:rsid w:val="00100B8A"/>
     <w:rsid w:val="00101F2A"/>
     <w:rsid w:val="00101F57"/>
     <w:rsid w:val="00104EB1"/>
     <w:rsid w:val="00105EA8"/>
     <w:rsid w:val="00111B55"/>
     <w:rsid w:val="00113957"/>
-    <w:rsid w:val="00115379"/>
     <w:rsid w:val="00120F8A"/>
     <w:rsid w:val="00121086"/>
     <w:rsid w:val="0012558E"/>
     <w:rsid w:val="001331CA"/>
     <w:rsid w:val="00142D68"/>
     <w:rsid w:val="00143A3F"/>
     <w:rsid w:val="00152990"/>
     <w:rsid w:val="00153D16"/>
     <w:rsid w:val="00154F00"/>
     <w:rsid w:val="00161EAD"/>
     <w:rsid w:val="00162587"/>
     <w:rsid w:val="00163AB9"/>
     <w:rsid w:val="001723CC"/>
     <w:rsid w:val="001846FE"/>
     <w:rsid w:val="00187CFA"/>
     <w:rsid w:val="001901CE"/>
     <w:rsid w:val="0019753F"/>
     <w:rsid w:val="001A1157"/>
     <w:rsid w:val="001A35FA"/>
     <w:rsid w:val="001B053B"/>
     <w:rsid w:val="001B19AA"/>
     <w:rsid w:val="001B3D0F"/>
     <w:rsid w:val="001B744B"/>
     <w:rsid w:val="001B7E2F"/>
     <w:rsid w:val="001D0158"/>
     <w:rsid w:val="001D2A3F"/>
     <w:rsid w:val="001D3781"/>
     <w:rsid w:val="001E06C1"/>
     <w:rsid w:val="001E0971"/>
     <w:rsid w:val="001E6218"/>
     <w:rsid w:val="001F3126"/>
     <w:rsid w:val="001F5FEB"/>
     <w:rsid w:val="00202629"/>
-    <w:rsid w:val="00203C7C"/>
     <w:rsid w:val="00204343"/>
     <w:rsid w:val="0020637E"/>
     <w:rsid w:val="00210718"/>
     <w:rsid w:val="002225A6"/>
     <w:rsid w:val="00226ADF"/>
     <w:rsid w:val="002304DE"/>
     <w:rsid w:val="00233C72"/>
     <w:rsid w:val="00233DA2"/>
     <w:rsid w:val="00237139"/>
     <w:rsid w:val="00240FB8"/>
     <w:rsid w:val="0024400E"/>
     <w:rsid w:val="00251AA8"/>
     <w:rsid w:val="00256E31"/>
     <w:rsid w:val="00261516"/>
     <w:rsid w:val="00262E44"/>
     <w:rsid w:val="00272EF1"/>
     <w:rsid w:val="00273215"/>
     <w:rsid w:val="00283735"/>
     <w:rsid w:val="0028581E"/>
     <w:rsid w:val="00286B63"/>
     <w:rsid w:val="00291FB3"/>
     <w:rsid w:val="00292D9D"/>
     <w:rsid w:val="00293797"/>
     <w:rsid w:val="00296BCE"/>
     <w:rsid w:val="002A0944"/>
@@ -9404,98 +9413,94 @@
     <w:rsid w:val="003C418A"/>
     <w:rsid w:val="003C5FAA"/>
     <w:rsid w:val="003D7224"/>
     <w:rsid w:val="003E3733"/>
     <w:rsid w:val="003E3FB3"/>
     <w:rsid w:val="003F3F21"/>
     <w:rsid w:val="003F45F5"/>
     <w:rsid w:val="003F4C11"/>
     <w:rsid w:val="003F6241"/>
     <w:rsid w:val="00404332"/>
     <w:rsid w:val="00405165"/>
     <w:rsid w:val="0040580C"/>
     <w:rsid w:val="004058CD"/>
     <w:rsid w:val="004065ED"/>
     <w:rsid w:val="004163AB"/>
     <w:rsid w:val="00421E0E"/>
     <w:rsid w:val="00424A41"/>
     <w:rsid w:val="004250D8"/>
     <w:rsid w:val="00426646"/>
     <w:rsid w:val="004313DE"/>
     <w:rsid w:val="00431C95"/>
     <w:rsid w:val="00433AA4"/>
     <w:rsid w:val="00442253"/>
     <w:rsid w:val="00451F2C"/>
     <w:rsid w:val="00452D72"/>
-    <w:rsid w:val="00453864"/>
     <w:rsid w:val="004564A9"/>
     <w:rsid w:val="00456EDD"/>
     <w:rsid w:val="00460D8F"/>
     <w:rsid w:val="00461A8B"/>
     <w:rsid w:val="00463386"/>
     <w:rsid w:val="0046402B"/>
     <w:rsid w:val="0046523F"/>
     <w:rsid w:val="004657AF"/>
     <w:rsid w:val="00470456"/>
     <w:rsid w:val="0047057C"/>
     <w:rsid w:val="00476201"/>
     <w:rsid w:val="00476F29"/>
     <w:rsid w:val="00482B2E"/>
     <w:rsid w:val="00484619"/>
     <w:rsid w:val="00485AAD"/>
     <w:rsid w:val="004A10EE"/>
     <w:rsid w:val="004A7294"/>
     <w:rsid w:val="004B3D55"/>
     <w:rsid w:val="004B5B37"/>
     <w:rsid w:val="004B7A18"/>
     <w:rsid w:val="004C0118"/>
     <w:rsid w:val="004C20AF"/>
     <w:rsid w:val="004C2618"/>
     <w:rsid w:val="004D14BD"/>
     <w:rsid w:val="004D64B4"/>
     <w:rsid w:val="004D6D35"/>
     <w:rsid w:val="004D6DFD"/>
     <w:rsid w:val="004E2DBE"/>
     <w:rsid w:val="004F3BF1"/>
     <w:rsid w:val="004F43B5"/>
     <w:rsid w:val="004F56E7"/>
     <w:rsid w:val="004F5E6D"/>
     <w:rsid w:val="005065CD"/>
     <w:rsid w:val="00506780"/>
     <w:rsid w:val="00520C2B"/>
     <w:rsid w:val="00525657"/>
     <w:rsid w:val="00530F94"/>
     <w:rsid w:val="00537FE5"/>
     <w:rsid w:val="005409B0"/>
     <w:rsid w:val="00545900"/>
     <w:rsid w:val="00546EDC"/>
     <w:rsid w:val="00551F09"/>
     <w:rsid w:val="0055424F"/>
     <w:rsid w:val="00555FA5"/>
-    <w:rsid w:val="00565AFC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00571121"/>
     <w:rsid w:val="005727C4"/>
     <w:rsid w:val="00577E14"/>
     <w:rsid w:val="00580B41"/>
     <w:rsid w:val="00585B8B"/>
     <w:rsid w:val="00586881"/>
     <w:rsid w:val="0059180F"/>
     <w:rsid w:val="005926EF"/>
     <w:rsid w:val="0059443B"/>
     <w:rsid w:val="00597997"/>
     <w:rsid w:val="005A564B"/>
     <w:rsid w:val="005B701C"/>
     <w:rsid w:val="005B7D1B"/>
     <w:rsid w:val="005C7624"/>
     <w:rsid w:val="005D2E51"/>
     <w:rsid w:val="005D51EA"/>
     <w:rsid w:val="005D5A2D"/>
     <w:rsid w:val="005D6F04"/>
     <w:rsid w:val="005F24FE"/>
     <w:rsid w:val="005F7C90"/>
     <w:rsid w:val="006005F8"/>
     <w:rsid w:val="006011D8"/>
     <w:rsid w:val="0060429C"/>
     <w:rsid w:val="00630C8A"/>
     <w:rsid w:val="00633467"/>
     <w:rsid w:val="00635DBB"/>
@@ -9510,165 +9515,159 @@
     <w:rsid w:val="006A517F"/>
     <w:rsid w:val="006A6277"/>
     <w:rsid w:val="006B1703"/>
     <w:rsid w:val="006B4704"/>
     <w:rsid w:val="006B705D"/>
     <w:rsid w:val="006C28C1"/>
     <w:rsid w:val="006C4256"/>
     <w:rsid w:val="006C427D"/>
     <w:rsid w:val="006D74BB"/>
     <w:rsid w:val="006E231F"/>
     <w:rsid w:val="006E46F7"/>
     <w:rsid w:val="006E50CC"/>
     <w:rsid w:val="006E76E7"/>
     <w:rsid w:val="006E7BF7"/>
     <w:rsid w:val="006F081F"/>
     <w:rsid w:val="006F1F75"/>
     <w:rsid w:val="006F65EC"/>
     <w:rsid w:val="006F7B18"/>
     <w:rsid w:val="00700FA8"/>
     <w:rsid w:val="0070132F"/>
     <w:rsid w:val="00701BE7"/>
     <w:rsid w:val="00701F55"/>
     <w:rsid w:val="00705CF3"/>
     <w:rsid w:val="00710111"/>
     <w:rsid w:val="00714643"/>
+    <w:rsid w:val="00721680"/>
     <w:rsid w:val="00721809"/>
     <w:rsid w:val="00721A73"/>
     <w:rsid w:val="00725088"/>
     <w:rsid w:val="00726887"/>
     <w:rsid w:val="00746370"/>
     <w:rsid w:val="00746E86"/>
     <w:rsid w:val="0075028B"/>
     <w:rsid w:val="007545E3"/>
     <w:rsid w:val="007648E2"/>
     <w:rsid w:val="007858C1"/>
     <w:rsid w:val="00787341"/>
     <w:rsid w:val="00791EA2"/>
     <w:rsid w:val="00793A31"/>
     <w:rsid w:val="007A0A4B"/>
     <w:rsid w:val="007A3590"/>
     <w:rsid w:val="007A3FCA"/>
     <w:rsid w:val="007A4327"/>
     <w:rsid w:val="007A503C"/>
     <w:rsid w:val="007B12C1"/>
     <w:rsid w:val="007B639A"/>
-    <w:rsid w:val="007C534B"/>
     <w:rsid w:val="007C7DEF"/>
     <w:rsid w:val="007D2CEA"/>
     <w:rsid w:val="007D3F46"/>
     <w:rsid w:val="007D40E7"/>
     <w:rsid w:val="007D5A1F"/>
     <w:rsid w:val="007E1585"/>
-    <w:rsid w:val="007E544A"/>
     <w:rsid w:val="007F16EF"/>
     <w:rsid w:val="007F4872"/>
     <w:rsid w:val="00810ADD"/>
     <w:rsid w:val="00810EAA"/>
     <w:rsid w:val="008127FD"/>
     <w:rsid w:val="0081407A"/>
     <w:rsid w:val="0081719D"/>
     <w:rsid w:val="00817347"/>
     <w:rsid w:val="00822C5E"/>
     <w:rsid w:val="00830540"/>
     <w:rsid w:val="00835DA0"/>
     <w:rsid w:val="00836FE4"/>
     <w:rsid w:val="008402B8"/>
     <w:rsid w:val="00840B14"/>
     <w:rsid w:val="0084387A"/>
     <w:rsid w:val="00850684"/>
     <w:rsid w:val="008561C1"/>
     <w:rsid w:val="00857832"/>
     <w:rsid w:val="00864B98"/>
     <w:rsid w:val="0086732F"/>
     <w:rsid w:val="0087490B"/>
     <w:rsid w:val="00876164"/>
     <w:rsid w:val="00881F99"/>
     <w:rsid w:val="008845CE"/>
     <w:rsid w:val="0088670F"/>
     <w:rsid w:val="00890AB6"/>
     <w:rsid w:val="00892123"/>
     <w:rsid w:val="008927A6"/>
     <w:rsid w:val="00892FED"/>
     <w:rsid w:val="00894754"/>
     <w:rsid w:val="0089741D"/>
     <w:rsid w:val="008A712F"/>
     <w:rsid w:val="008B2E13"/>
     <w:rsid w:val="008C75F4"/>
     <w:rsid w:val="008C7A14"/>
     <w:rsid w:val="008D07C6"/>
     <w:rsid w:val="008D0DB0"/>
     <w:rsid w:val="008D2118"/>
     <w:rsid w:val="008D3874"/>
     <w:rsid w:val="008E09B8"/>
     <w:rsid w:val="008F333E"/>
     <w:rsid w:val="008F6126"/>
     <w:rsid w:val="008F692F"/>
     <w:rsid w:val="00900FD5"/>
-    <w:rsid w:val="00901A62"/>
     <w:rsid w:val="00903839"/>
     <w:rsid w:val="00905035"/>
     <w:rsid w:val="009078C3"/>
     <w:rsid w:val="00913D00"/>
     <w:rsid w:val="0092590F"/>
     <w:rsid w:val="00926572"/>
     <w:rsid w:val="00933A50"/>
     <w:rsid w:val="009405CD"/>
     <w:rsid w:val="009437C9"/>
     <w:rsid w:val="0094668E"/>
+    <w:rsid w:val="00947883"/>
     <w:rsid w:val="00947AAB"/>
     <w:rsid w:val="00951783"/>
     <w:rsid w:val="0095462A"/>
     <w:rsid w:val="00962348"/>
     <w:rsid w:val="0096702A"/>
     <w:rsid w:val="009727AB"/>
     <w:rsid w:val="00973138"/>
     <w:rsid w:val="00973575"/>
     <w:rsid w:val="009739C8"/>
     <w:rsid w:val="00973A7D"/>
-    <w:rsid w:val="0098030D"/>
     <w:rsid w:val="00981510"/>
     <w:rsid w:val="00984F6A"/>
-    <w:rsid w:val="00996557"/>
     <w:rsid w:val="009A0DB9"/>
     <w:rsid w:val="009A2E84"/>
     <w:rsid w:val="009A31B8"/>
     <w:rsid w:val="009A6515"/>
     <w:rsid w:val="009B0429"/>
-    <w:rsid w:val="009B1E60"/>
     <w:rsid w:val="009B1E91"/>
     <w:rsid w:val="009B6F60"/>
     <w:rsid w:val="009C5387"/>
     <w:rsid w:val="009C76DA"/>
     <w:rsid w:val="009D0672"/>
     <w:rsid w:val="009D1D0C"/>
     <w:rsid w:val="009D3A1B"/>
     <w:rsid w:val="009D4343"/>
     <w:rsid w:val="009D7AD7"/>
     <w:rsid w:val="009F0E47"/>
-    <w:rsid w:val="009F5C32"/>
-    <w:rsid w:val="009F6CD4"/>
     <w:rsid w:val="009F726A"/>
     <w:rsid w:val="00A04D90"/>
     <w:rsid w:val="00A066BC"/>
     <w:rsid w:val="00A077B0"/>
     <w:rsid w:val="00A07A96"/>
     <w:rsid w:val="00A10444"/>
     <w:rsid w:val="00A1777A"/>
     <w:rsid w:val="00A23371"/>
     <w:rsid w:val="00A24BC3"/>
     <w:rsid w:val="00A25405"/>
     <w:rsid w:val="00A25980"/>
     <w:rsid w:val="00A36DCD"/>
     <w:rsid w:val="00A400DF"/>
     <w:rsid w:val="00A42AF9"/>
     <w:rsid w:val="00A47173"/>
     <w:rsid w:val="00A621D4"/>
     <w:rsid w:val="00A6425D"/>
     <w:rsid w:val="00A64710"/>
     <w:rsid w:val="00A660CF"/>
     <w:rsid w:val="00A6747E"/>
     <w:rsid w:val="00A71216"/>
     <w:rsid w:val="00A72DDD"/>
     <w:rsid w:val="00A76DAF"/>
     <w:rsid w:val="00A80317"/>
     <w:rsid w:val="00A8124F"/>
@@ -9703,173 +9702,166 @@
     <w:rsid w:val="00B4507E"/>
     <w:rsid w:val="00B51646"/>
     <w:rsid w:val="00B5282D"/>
     <w:rsid w:val="00B5477F"/>
     <w:rsid w:val="00B54DB8"/>
     <w:rsid w:val="00B63848"/>
     <w:rsid w:val="00B720D9"/>
     <w:rsid w:val="00B72466"/>
     <w:rsid w:val="00B82377"/>
     <w:rsid w:val="00B834F2"/>
     <w:rsid w:val="00B9277D"/>
     <w:rsid w:val="00B9568C"/>
     <w:rsid w:val="00BA4D8A"/>
     <w:rsid w:val="00BB2F98"/>
     <w:rsid w:val="00BB4F07"/>
     <w:rsid w:val="00BB63E4"/>
     <w:rsid w:val="00BB68BA"/>
     <w:rsid w:val="00BB7840"/>
     <w:rsid w:val="00BC196B"/>
     <w:rsid w:val="00BC3F20"/>
     <w:rsid w:val="00BC4EC2"/>
     <w:rsid w:val="00BC5F0F"/>
     <w:rsid w:val="00BC6F25"/>
     <w:rsid w:val="00BC758B"/>
     <w:rsid w:val="00BC7A4F"/>
-    <w:rsid w:val="00BD1122"/>
     <w:rsid w:val="00BD5380"/>
     <w:rsid w:val="00BD6907"/>
     <w:rsid w:val="00BD6B4A"/>
     <w:rsid w:val="00BD6C83"/>
     <w:rsid w:val="00BE0AB9"/>
     <w:rsid w:val="00BE34D0"/>
     <w:rsid w:val="00BE5DC5"/>
     <w:rsid w:val="00BF17E6"/>
-    <w:rsid w:val="00BF22B2"/>
     <w:rsid w:val="00BF295B"/>
     <w:rsid w:val="00BF5BE1"/>
     <w:rsid w:val="00BF60FA"/>
     <w:rsid w:val="00BF7526"/>
     <w:rsid w:val="00C117FC"/>
     <w:rsid w:val="00C12822"/>
     <w:rsid w:val="00C13766"/>
     <w:rsid w:val="00C2020F"/>
     <w:rsid w:val="00C204C1"/>
     <w:rsid w:val="00C22055"/>
     <w:rsid w:val="00C2467E"/>
     <w:rsid w:val="00C31AD4"/>
     <w:rsid w:val="00C31C4E"/>
     <w:rsid w:val="00C361C1"/>
     <w:rsid w:val="00C50CFF"/>
     <w:rsid w:val="00C5477F"/>
     <w:rsid w:val="00C76A4C"/>
     <w:rsid w:val="00C76C6F"/>
     <w:rsid w:val="00C778D3"/>
     <w:rsid w:val="00C77CDB"/>
     <w:rsid w:val="00C81F1D"/>
     <w:rsid w:val="00C85E06"/>
-    <w:rsid w:val="00C86BE7"/>
     <w:rsid w:val="00C86D9D"/>
     <w:rsid w:val="00C92B6A"/>
     <w:rsid w:val="00C97D0A"/>
-    <w:rsid w:val="00CA33FA"/>
     <w:rsid w:val="00CA574E"/>
     <w:rsid w:val="00CA59F0"/>
     <w:rsid w:val="00CC03D7"/>
     <w:rsid w:val="00CC239B"/>
     <w:rsid w:val="00CC7236"/>
     <w:rsid w:val="00CD4DC4"/>
     <w:rsid w:val="00CE0A41"/>
     <w:rsid w:val="00CF1B21"/>
     <w:rsid w:val="00CF2085"/>
     <w:rsid w:val="00CF65C1"/>
     <w:rsid w:val="00D019A3"/>
     <w:rsid w:val="00D038E5"/>
     <w:rsid w:val="00D06F8A"/>
     <w:rsid w:val="00D11CF9"/>
     <w:rsid w:val="00D12E0C"/>
     <w:rsid w:val="00D22F9D"/>
-    <w:rsid w:val="00D2305A"/>
     <w:rsid w:val="00D237BF"/>
     <w:rsid w:val="00D26E06"/>
     <w:rsid w:val="00D36D70"/>
     <w:rsid w:val="00D41640"/>
     <w:rsid w:val="00D451A4"/>
     <w:rsid w:val="00D46625"/>
     <w:rsid w:val="00D5161B"/>
     <w:rsid w:val="00D537D2"/>
     <w:rsid w:val="00D55457"/>
     <w:rsid w:val="00D5582A"/>
     <w:rsid w:val="00D60834"/>
     <w:rsid w:val="00D63F02"/>
     <w:rsid w:val="00D73461"/>
     <w:rsid w:val="00D73CC2"/>
     <w:rsid w:val="00D813E7"/>
     <w:rsid w:val="00D90E30"/>
     <w:rsid w:val="00D9562E"/>
     <w:rsid w:val="00D971CD"/>
     <w:rsid w:val="00DA6307"/>
     <w:rsid w:val="00DA651B"/>
+    <w:rsid w:val="00DB307C"/>
     <w:rsid w:val="00DB5FE7"/>
     <w:rsid w:val="00DC1661"/>
     <w:rsid w:val="00DC3F49"/>
     <w:rsid w:val="00DC539F"/>
     <w:rsid w:val="00DC614D"/>
     <w:rsid w:val="00DC6335"/>
     <w:rsid w:val="00DD03E1"/>
     <w:rsid w:val="00DE086D"/>
     <w:rsid w:val="00DF1011"/>
     <w:rsid w:val="00DF5A64"/>
     <w:rsid w:val="00E0009D"/>
     <w:rsid w:val="00E041F2"/>
     <w:rsid w:val="00E06A34"/>
     <w:rsid w:val="00E16F97"/>
     <w:rsid w:val="00E1792D"/>
     <w:rsid w:val="00E27CE6"/>
     <w:rsid w:val="00E33834"/>
     <w:rsid w:val="00E40F65"/>
     <w:rsid w:val="00E4721E"/>
     <w:rsid w:val="00E51094"/>
     <w:rsid w:val="00E60859"/>
     <w:rsid w:val="00E660C9"/>
     <w:rsid w:val="00E666F1"/>
     <w:rsid w:val="00E67939"/>
     <w:rsid w:val="00E75B97"/>
     <w:rsid w:val="00E84003"/>
     <w:rsid w:val="00E84502"/>
     <w:rsid w:val="00E92232"/>
     <w:rsid w:val="00E93234"/>
     <w:rsid w:val="00E94DAC"/>
     <w:rsid w:val="00E95270"/>
     <w:rsid w:val="00EA1A99"/>
     <w:rsid w:val="00EA2A7B"/>
     <w:rsid w:val="00EA5E04"/>
     <w:rsid w:val="00EB2FD0"/>
     <w:rsid w:val="00EB7CA8"/>
     <w:rsid w:val="00EC3BB9"/>
-    <w:rsid w:val="00ED1533"/>
     <w:rsid w:val="00ED4D0C"/>
-    <w:rsid w:val="00ED5B5D"/>
     <w:rsid w:val="00ED6742"/>
     <w:rsid w:val="00EE4406"/>
     <w:rsid w:val="00EE4EA4"/>
     <w:rsid w:val="00EF1FAD"/>
     <w:rsid w:val="00EF217B"/>
     <w:rsid w:val="00EF221D"/>
     <w:rsid w:val="00EF70D3"/>
     <w:rsid w:val="00F0573F"/>
-    <w:rsid w:val="00F156F6"/>
     <w:rsid w:val="00F15980"/>
     <w:rsid w:val="00F203F7"/>
     <w:rsid w:val="00F21BAD"/>
     <w:rsid w:val="00F2249B"/>
     <w:rsid w:val="00F26B14"/>
     <w:rsid w:val="00F40286"/>
     <w:rsid w:val="00F40B53"/>
     <w:rsid w:val="00F47CB6"/>
     <w:rsid w:val="00F70B1A"/>
     <w:rsid w:val="00F746E8"/>
     <w:rsid w:val="00F74CD9"/>
     <w:rsid w:val="00F82770"/>
     <w:rsid w:val="00F82A8F"/>
     <w:rsid w:val="00F87865"/>
     <w:rsid w:val="00F954C5"/>
     <w:rsid w:val="00FA16B7"/>
     <w:rsid w:val="00FA1D98"/>
     <w:rsid w:val="00FA2736"/>
     <w:rsid w:val="00FA7FA2"/>
     <w:rsid w:val="00FB2137"/>
     <w:rsid w:val="00FB3F7A"/>
     <w:rsid w:val="00FD00C7"/>
     <w:rsid w:val="00FD0A92"/>
     <w:rsid w:val="00FD21A6"/>
     <w:rsid w:val="00FD3126"/>
@@ -10477,51 +10469,50 @@
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
@@ -16053,51 +16044,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2139685925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/studium/paedagogik/studium-mit-begleitetem-berufseinstieg/anstellung-an-der-schule/media/studienvarianten-begleiteter-berufseinstieg-infos-schulleitungen-ph-fhnw" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:se.volksschule@ag.ch" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/studium/paedagogik/kindergarten-unterstufe-quereinstieg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/weiterbildung/paedagogik/nach-format/programme/angebote/qualifizierung-zur-praxislehrperson-und-als-praktikumsleitende" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quereinstieg.iku.ph@fhnw.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simone.bechir@dbk.so.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/weiterbildung/paedagogik/kurse/9601748" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:volksschulen@bs.ch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quereinstieg.iku.ph@fhnw.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avssekretariat@bl.ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/studium/paedagogik/studium-mit-begleitetem-berufseinstieg/anstellung-an-der-schule/media/studienvarianten-begleiteter-berufseinstieg-infos-schulleitungen-ph-fhnw" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:se.volksschule@ag.ch" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/studium/paedagogik/kindergarten-unterstufe-quereinstieg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/weiterbildung/paedagogik/nach-format/programme/angebote/qualifizierung-zur-praxislehrperson-und-als-praktikumsleitende" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quereinstieg.iku.ph@fhnw.ch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irina.bannwart@dbk.so.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/weiterbildung/paedagogik/kurse/9601748" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:volksschulen@bs.ch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quereinstieg.iku.ph@fhnw.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avssekretariat@bl.ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fhnw.ch/wbph-mentorat" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhnw.ch/de/weiterbildung/paedagogik/kurse/9538093" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -16622,75 +16613,75 @@
     <ds:schemaRef ds:uri="a936eb86-e1e6-4c49-9a84-0e29154167a4"/>
     <ds:schemaRef ds:uri="72980703-ad79-4698-a113-2260c0fe8f47"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B86CE55-6FD9-4192-8038-A13C427258B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1033</Words>
-  <Characters>6511</Characters>
+  <Words>1017</Words>
+  <Characters>6410</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7529</CharactersWithSpaces>
+  <CharactersWithSpaces>7413</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sara Bachmann</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="lcf76f155ced4ddcb4097134ff3c332f">
     <vt:lpwstr/>