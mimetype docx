--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -18,51 +18,51 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0504913E" w14:textId="77777777" w:rsidR="00AD7518" w:rsidRPr="001846FE" w:rsidRDefault="00AD7518" w:rsidP="00725088">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AD7518" w:rsidRPr="001846FE" w:rsidSect="001846FE">
           <w:headerReference w:type="even" r:id="rId12"/>
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="even" r:id="rId14"/>
           <w:footerReference w:type="default" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="680" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B44ACA6" w14:textId="77777777" w:rsidR="0016168F" w:rsidRDefault="0016168F" w:rsidP="0081719D">
       <w:pPr>
@@ -176,221 +176,215 @@
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2086"/>
         <w:gridCol w:w="7128"/>
       </w:tblGrid>
       <w:tr w:rsidR="0081719D" w:rsidRPr="001846FE" w14:paraId="20C518A2" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D4B6742" w14:textId="766E5D02" w:rsidR="0081719D" w:rsidRPr="001846FE" w:rsidRDefault="000E170F" w:rsidP="00A70B1D">
             <w:pPr>
               <w:pStyle w:val="berschrift2extern"/>
             </w:pPr>
             <w:r>
               <w:t>Student*in</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="29C9A3E3" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="444EC788" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D498D97" w14:textId="77777777" w:rsidR="00163AB9" w:rsidRPr="001846FE" w:rsidRDefault="00163AB9" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE0A41" w:rsidRPr="001846FE" w14:paraId="7750B34A" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A100A0" w14:textId="77777777" w:rsidR="00CE0A41" w:rsidRPr="001846FE" w:rsidRDefault="00EF70EC" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-Mail der FHNW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36A1C6B4" w14:textId="1686D337" w:rsidR="001B4236" w:rsidRPr="001846FE" w:rsidRDefault="00702248" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00EF70EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>name.vorname</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00EF70EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>@</w:t>
             </w:r>
             <w:r w:rsidR="005921CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>students.</w:t>
             </w:r>
             <w:r w:rsidR="00EF70EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>fhnw.ch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00922F01" w:rsidRPr="001846FE" w14:paraId="6D958A7B" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0307321B" w14:textId="77777777" w:rsidR="00922F01" w:rsidRPr="001846FE" w:rsidRDefault="00922F01" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wahlpflichtfächer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
@@ -680,51 +674,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Musik</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4236" w:rsidRPr="001846FE" w14:paraId="47BAAE81" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FE6313B" w14:textId="45AF5465" w:rsidR="001B4236" w:rsidRDefault="001B4236" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Studienstandort </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
@@ -843,51 +836,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brugg-Windisch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00820FEA" w:rsidRPr="001846FE" w14:paraId="78572DEF" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B751C5A" w14:textId="7F04DC26" w:rsidR="00820FEA" w:rsidRDefault="00820FEA" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Studienbeginn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
@@ -901,71 +893,69 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">HS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081719D" w:rsidRPr="001846FE" w14:paraId="05BAD77E" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CEE86EC" w14:textId="02F301C7" w:rsidR="0081719D" w:rsidRPr="001846FE" w:rsidRDefault="000C44E1" w:rsidP="00A70B1D">
             <w:pPr>
               <w:pStyle w:val="berschrift2extern"/>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:t>Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="0C149973" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BE9A263" w14:textId="77777777" w:rsidR="009D4343" w:rsidRDefault="006A517F" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidR="0081719D" w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1004,98 +994,96 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="660C9748" w14:textId="77777777" w:rsidR="00163AB9" w:rsidRPr="001846FE" w:rsidRDefault="00163AB9" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A517F" w:rsidRPr="001846FE" w14:paraId="42328628" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D4F80A9" w14:textId="77777777" w:rsidR="006A517F" w:rsidRPr="001846FE" w:rsidRDefault="006A517F" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name Schulleitung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E07897E" w14:textId="77777777" w:rsidR="006A517F" w:rsidRPr="001846FE" w:rsidRDefault="006A517F" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="671A95AB" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27518F24" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel</w:t>
             </w:r>
             <w:r w:rsidR="00B12F20" w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1122,101 +1110,97 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EED0D0D" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="095E86CB" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01ECBB55" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="006A517F" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-Mail Schulleitung</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71DB692B" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C44E1" w:rsidRPr="001846FE" w14:paraId="0175B33E" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A12ABA3" w14:textId="77777777" w:rsidR="004B034C" w:rsidRDefault="000C44E1" w:rsidP="00A70B1D">
             <w:pPr>
               <w:pStyle w:val="berschrift2extern"/>
             </w:pPr>
             <w:r w:rsidRPr="00124C78">
               <w:t>Mentoratsperson</w:t>
             </w:r>
             <w:r w:rsidR="00FD7F74" w:rsidRPr="00124C78">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A65E102" w14:textId="3B5D0196" w:rsidR="000C44E1" w:rsidRPr="001846FE" w:rsidRDefault="00FD7F74" w:rsidP="00A70B1D">
             <w:pPr>
               <w:pStyle w:val="berschrift2extern"/>
             </w:pPr>
             <w:r w:rsidRPr="00124C78">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="005F32EC" w:rsidRPr="00672D00">
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="0065704A" w:rsidRPr="00672D00">
               <w:t>urch die PH FHNW qualifiziert</w:t>
@@ -1227,98 +1211,96 @@
             <w:r w:rsidR="00143B0A" w:rsidRPr="00124C78">
               <w:t>en</w:t>
             </w:r>
             <w:r w:rsidR="00672D00">
               <w:t>, siehe S. 2</w:t>
             </w:r>
             <w:r w:rsidR="0065704A" w:rsidRPr="00124C78">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="0065704A" w:rsidRPr="0065704A">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="0480EE27" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B69F6C4" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B2C7B3F" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="35AE39DA" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="613D0A42" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel</w:t>
             </w:r>
             <w:r w:rsidR="00B12F20" w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1329,51 +1311,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DBF79BD" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="3921B526" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77EE3323" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7128" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
@@ -1402,122 +1383,119 @@
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2072"/>
         <w:gridCol w:w="7142"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="77F0B169" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D0D728F" w14:textId="407BF5E6" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="000C44E1" w:rsidP="00A70B1D">
             <w:pPr>
               <w:pStyle w:val="berschrift2extern"/>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:lastRenderedPageBreak/>
               <w:t>Praxislehrperson</w:t>
             </w:r>
             <w:r w:rsidR="00586881" w:rsidRPr="001846FE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="29C9D367" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67D304B3" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7142" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25683519" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="67F39B91" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EBFEFA8" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tel</w:t>
             </w:r>
             <w:r w:rsidR="00B12F20" w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1528,98 +1506,96 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7142" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6459E6AE" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D4343" w:rsidRPr="001846FE" w14:paraId="3527C2DB" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07A3FB45" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7142" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38EB47A1" w14:textId="77777777" w:rsidR="009D4343" w:rsidRPr="001846FE" w:rsidRDefault="009D4343" w:rsidP="00701BE7">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E699F" w:rsidRPr="001846FE" w14:paraId="19835F8D" w14:textId="77777777" w:rsidTr="00563955">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="516B1D74" w14:textId="77777777" w:rsidR="002E699F" w:rsidRPr="001846FE" w:rsidRDefault="002E699F">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Qualifikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7142" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
@@ -1794,127 +1770,124 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> wird künftig erworben</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5066" w:rsidRPr="001846FE" w14:paraId="46376D3D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="122C3D46" w14:textId="3923ECF2" w:rsidR="00DD5066" w:rsidRPr="001846FE" w:rsidRDefault="0064246C" w:rsidP="00563955">
             <w:pPr>
               <w:pStyle w:val="berschrift2extern"/>
             </w:pPr>
             <w:r>
               <w:t>Angaben</w:t>
             </w:r>
             <w:r w:rsidR="00E6422B">
               <w:t xml:space="preserve"> zur Unterrichtstätigkeit </w:t>
             </w:r>
             <w:r w:rsidR="00011237">
               <w:t>für die Berufspra</w:t>
             </w:r>
             <w:r w:rsidR="00EF6F7F">
               <w:t>ktischen Studien</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5066" w:rsidRPr="001846FE" w14:paraId="246CD835" w14:textId="77777777" w:rsidTr="002C57BC">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F2C552F" w14:textId="550027FF" w:rsidR="00DD5066" w:rsidRDefault="0042186A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Klassenstufe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7142" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22CCC34B" w14:textId="50F0A3E4" w:rsidR="00DD5066" w:rsidRPr="001846FE" w:rsidRDefault="00DD5066">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A7F47" w:rsidRPr="001846FE" w14:paraId="05C21804" w14:textId="77777777" w:rsidTr="002C57BC">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DEEA397" w14:textId="3ACC34ED" w:rsidR="006242B1" w:rsidRDefault="0042186A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bemerkungen (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1961,51 +1934,50 @@
           <w:p w14:paraId="6706AA59" w14:textId="77777777" w:rsidR="005A7F47" w:rsidRPr="001846FE" w:rsidRDefault="005A7F47">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006242B1" w:rsidRPr="001846FE" w14:paraId="727E4A87" w14:textId="77777777" w:rsidTr="006242B1">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74F7E597" w14:textId="50AEC92F" w:rsidR="006242B1" w:rsidRDefault="006242B1" w:rsidP="00D27B6E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Unterrichtstage </w:t>
             </w:r>
             <w:r w:rsidR="00A96816">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2048,51 +2020,50 @@
           <w:p w14:paraId="652FB6A2" w14:textId="77777777" w:rsidR="00A96816" w:rsidRPr="001846FE" w:rsidRDefault="00A96816" w:rsidP="00D27B6E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C4966" w:rsidRPr="001846FE" w14:paraId="250E2E8E" w14:textId="77777777" w:rsidTr="006242B1">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E5A12A2" w14:textId="7AB2FFD4" w:rsidR="007C4966" w:rsidRDefault="0043442F" w:rsidP="00D27B6E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unterrichtsfächer (falls bereits bekannt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7142" w:type="dxa"/>
             <w:tcBorders>
@@ -2736,68 +2707,82 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00704F0B" w:rsidRPr="004439DD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Angaben zur Qualifikation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004C426F" w:rsidRPr="004439DD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79FE8815" w14:textId="77777777" w:rsidR="00820102" w:rsidRPr="004439DD" w:rsidRDefault="00820102" w:rsidP="00820102">
+          <w:p w14:paraId="79FE8815" w14:textId="49D0D5AC" w:rsidR="00820102" w:rsidRPr="004439DD" w:rsidRDefault="00820102" w:rsidP="00820102">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004439DD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Stellenpartner/in (erfahrene Lehrperson der Schule)</w:t>
+              <w:t>Stellenpartner/in (</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD624D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">diplomierte und </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004439DD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>erfahrene Lehrperson der Schule)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C426F" w14:paraId="150FDD9B" w14:textId="77777777" w:rsidTr="00F6600B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9297" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EE8EBA5" w14:textId="77777777" w:rsidR="00BE7FA5" w:rsidRPr="00704F0B" w:rsidRDefault="00BE7FA5" w:rsidP="00A70B1D">
             <w:pPr>
               <w:pStyle w:val="berschrift2extern"/>
             </w:pPr>
             <w:r w:rsidRPr="00704F0B">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Anstellungsbedingungen </w:t>
             </w:r>
@@ -3558,51 +3543,50 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="12895"/>
         <w:tblW w:w="9247" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9247"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C779EE" w:rsidRPr="001846FE" w14:paraId="3970AA02" w14:textId="77777777" w:rsidTr="00C779EE">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9247" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59511979" w14:textId="77777777" w:rsidR="00C779EE" w:rsidRDefault="00C779EE" w:rsidP="00C779EE">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3630,51 +3614,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>z.B. hochschulseitig offene Wiederholungsanlässe, schulseitig pendente Nachnominierungen):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C779EE" w:rsidRPr="001846FE" w14:paraId="04F7E986" w14:textId="77777777" w:rsidTr="00C779EE">
         <w:trPr>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9247" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3236F3BB" w14:textId="77777777" w:rsidR="00C779EE" w:rsidRDefault="00C779EE" w:rsidP="00C779EE">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01312115" w14:textId="77777777" w:rsidR="00C779EE" w:rsidRDefault="00C779EE" w:rsidP="00C779EE">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -3740,51 +3723,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Unterschriften</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9327" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="3407"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F0BC0" w:rsidRPr="001846FE" w14:paraId="39B5C722" w14:textId="77777777" w:rsidTr="00563955">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DB6A7C6" w14:textId="77777777" w:rsidR="00E7198A" w:rsidRDefault="00E7198A" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="034F254F" w14:textId="77777777" w:rsidR="007A503C" w:rsidRPr="001846FE" w:rsidRDefault="004058CD" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
@@ -3797,90 +3779,88 @@
               <w:t>Student</w:t>
             </w:r>
             <w:r w:rsidR="002E37B4" w:rsidRPr="001846FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E56FB07" w14:textId="77777777" w:rsidR="00E7198A" w:rsidRDefault="00E7198A" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39E8FF48" w14:textId="77777777" w:rsidR="007A503C" w:rsidRPr="001846FE" w:rsidRDefault="007A503C" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schulleitung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A963F6E" w14:textId="77777777" w:rsidR="00E7198A" w:rsidRDefault="00E7198A" w:rsidP="00D436EE">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="310C235F" w14:textId="253F402A" w:rsidR="007A503C" w:rsidRPr="001846FE" w:rsidRDefault="001F0BC0" w:rsidP="00D436EE">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
@@ -3904,408 +3884,393 @@
             <w:r w:rsidR="00E7198A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ung</w:t>
             </w:r>
             <w:r w:rsidR="007A503C" w:rsidRPr="001846FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> PH FHNW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F0BC0" w:rsidRPr="001846FE" w14:paraId="417D7817" w14:textId="77777777" w:rsidTr="00563955">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DA5321B" w14:textId="77777777" w:rsidR="00E7198A" w:rsidRDefault="00E7198A" w:rsidP="00E7198A">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="157FE59E" w14:textId="068D4DB9" w:rsidR="00E7198A" w:rsidRPr="001846FE" w:rsidRDefault="00E7198A" w:rsidP="00E7198A">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66988D87" w14:textId="77777777" w:rsidR="007A503C" w:rsidRPr="001846FE" w:rsidRDefault="007A503C" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="057A578D" w14:textId="77777777" w:rsidR="007A503C" w:rsidRPr="001846FE" w:rsidRDefault="007A503C" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F0BC0" w:rsidRPr="001846FE" w14:paraId="0DEBBE2A" w14:textId="77777777" w:rsidTr="00563955">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0574E938" w14:textId="77777777" w:rsidR="007A503C" w:rsidRPr="001846FE" w:rsidRDefault="007A503C" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7123BB2B" w14:textId="77777777" w:rsidR="007A503C" w:rsidRPr="001846FE" w:rsidRDefault="00F82A8F" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02D058CF" w14:textId="77777777" w:rsidR="007A503C" w:rsidRPr="001846FE" w:rsidRDefault="00F82A8F" w:rsidP="009739C8">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00081B72" w:rsidRPr="000C6467" w14:paraId="132335FE" w14:textId="77777777" w:rsidTr="00563955">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="114BB29C" w14:textId="77777777" w:rsidR="00081B72" w:rsidRDefault="00081B72" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59AD4887" w14:textId="77777777" w:rsidR="000C6467" w:rsidRPr="00563955" w:rsidRDefault="000C6467" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="200FCC16" w14:textId="31EE073A" w:rsidR="00081B72" w:rsidRPr="00563955" w:rsidRDefault="00902842" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00563955">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Praxislehrperson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19153CED" w14:textId="77777777" w:rsidR="00081B72" w:rsidRPr="00563955" w:rsidRDefault="00081B72" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29496DEC" w14:textId="77777777" w:rsidR="000C6467" w:rsidRDefault="000C6467" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5ECF1285" w14:textId="7EEB708B" w:rsidR="00081B72" w:rsidRPr="00563955" w:rsidRDefault="00902842" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00563955">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mentoratsperson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="158E6772" w14:textId="36127A66" w:rsidR="00081B72" w:rsidRPr="00563955" w:rsidRDefault="00081B72" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00081B72" w:rsidRPr="001846FE" w14:paraId="0335C078" w14:textId="77777777" w:rsidTr="00563955">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48DAFFE1" w14:textId="77777777" w:rsidR="00081B72" w:rsidRDefault="00081B72" w:rsidP="00081B72">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="149733D5" w14:textId="77777777" w:rsidR="00081B72" w:rsidRPr="001846FE" w:rsidRDefault="00081B72" w:rsidP="00081B72">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07AC24BC" w14:textId="77777777" w:rsidR="00081B72" w:rsidRPr="001846FE" w:rsidRDefault="00081B72" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7209F62B" w14:textId="77777777" w:rsidR="00081B72" w:rsidRPr="001846FE" w:rsidRDefault="00081B72" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00081B72" w:rsidRPr="001846FE" w14:paraId="4CFF8104" w14:textId="77777777" w:rsidTr="00563955">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40255DFC" w14:textId="77777777" w:rsidR="00081B72" w:rsidRPr="001846FE" w:rsidRDefault="00081B72" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="749374B2" w14:textId="77777777" w:rsidR="00081B72" w:rsidRPr="001846FE" w:rsidRDefault="00081B72" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001846FE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57F0D3F0" w14:textId="7DEE763D" w:rsidR="00081B72" w:rsidRPr="001846FE" w:rsidRDefault="00081B72" w:rsidP="006000C2">
             <w:pPr>
               <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27EB173F" w14:textId="77777777" w:rsidR="00E7198A" w:rsidRDefault="00E7198A" w:rsidP="002A1A3A">
       <w:pPr>
         <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4885,77 +4850,77 @@
     </w:p>
     <w:p w14:paraId="4EA26677" w14:textId="77777777" w:rsidR="00ED6742" w:rsidRPr="001846FE" w:rsidRDefault="00ED6742" w:rsidP="00563955">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED6742" w:rsidRPr="001846FE" w:rsidSect="001846FE">
       <w:headerReference w:type="even" r:id="rId25"/>
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="default" r:id="rId27"/>
       <w:headerReference w:type="first" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="624" w:gutter="0"/>
       <w:cols w:space="709"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D823280" w14:textId="77777777" w:rsidR="0013653B" w:rsidRDefault="0013653B">
+    <w:p w14:paraId="274C2955" w14:textId="77777777" w:rsidR="003333B9" w:rsidRDefault="003333B9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="346B2797" w14:textId="77777777" w:rsidR="0013653B" w:rsidRDefault="0013653B">
+    <w:p w14:paraId="67A1835D" w14:textId="77777777" w:rsidR="003333B9" w:rsidRDefault="003333B9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="16A0A006" w14:textId="77777777" w:rsidR="0013653B" w:rsidRDefault="0013653B">
+    <w:p w14:paraId="4A757B2C" w14:textId="77777777" w:rsidR="003333B9" w:rsidRDefault="003333B9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
@@ -5021,61 +4986,61 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A2D4AC1" w14:textId="77777777" w:rsidR="00546B9E" w:rsidRDefault="00546B9E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2392E1DC" w14:textId="77777777" w:rsidR="008402B8" w:rsidRDefault="008402B8">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="008402B8">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008402B8">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidRPr="008402B8">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -5128,66 +5093,66 @@
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="008402B8">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="54EF8AB7" w14:textId="77777777" w:rsidR="00AD7518" w:rsidRDefault="00AD7518">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:spacing w:line="14" w:lineRule="exact"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="764AE31E" w14:textId="77777777" w:rsidR="00AD7518" w:rsidRDefault="00AD7518">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:spacing w:line="14" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7EC65A87" w14:textId="77777777" w:rsidR="002E37B4" w:rsidRDefault="002E37B4">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="002E37B4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="002E37B4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="002E37B4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -5248,87 +5213,87 @@
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="002E37B4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1A8BF710" w14:textId="77777777" w:rsidR="00AD7518" w:rsidRDefault="00AD7518">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:spacing w:line="14" w:lineRule="exact"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65A6EE6C" w14:textId="77777777" w:rsidR="0013653B" w:rsidRDefault="0013653B">
+    <w:p w14:paraId="6C939E46" w14:textId="77777777" w:rsidR="003333B9" w:rsidRDefault="003333B9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6792C137" w14:textId="77777777" w:rsidR="0013653B" w:rsidRDefault="0013653B">
+    <w:p w14:paraId="0AA6682D" w14:textId="77777777" w:rsidR="003333B9" w:rsidRDefault="003333B9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3DC80485" w14:textId="77777777" w:rsidR="0013653B" w:rsidRDefault="0013653B">
+    <w:p w14:paraId="210B0101" w14:textId="77777777" w:rsidR="003333B9" w:rsidRDefault="003333B9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="529DE22C" w14:textId="77777777" w:rsidR="00405165" w:rsidRDefault="00405165">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FF84DA4" w14:textId="77777777" w:rsidR="002A099B" w:rsidRDefault="00B81851" w:rsidP="00374421">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A1528C5" wp14:editId="456F2F73">
           <wp:extent cx="2326640" cy="353060"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Grafik 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks/>
                   </pic:cNvPicPr>
@@ -5353,51 +5318,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="53C77D1F" w14:textId="77777777" w:rsidR="00405165" w:rsidRDefault="00405165">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="71F444E1" w14:textId="77777777" w:rsidR="00AD7518" w:rsidRDefault="00B81851">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01B1E4DF" wp14:editId="3555D816">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>467995</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>269875</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2326005" cy="363855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="56" name="Grafik 56"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5430,71 +5395,71 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10B1B4E2" w14:textId="77777777" w:rsidR="007E1585" w:rsidRDefault="007E1585">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E291E7E" w14:textId="77777777" w:rsidR="007E1585" w:rsidRDefault="007E1585">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26E845C2" w14:textId="77777777" w:rsidR="008402B8" w:rsidRDefault="008402B8">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -5562,51 +5527,51 @@
         <w:b/>
         <w:bCs/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="37C8F42D" w14:textId="77777777" w:rsidR="007E1585" w:rsidRDefault="007E1585">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="025496B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D6D2E1AC"/>
     <w:lvl w:ilvl="0">
@@ -10591,54 +10556,54 @@
   <w:num w:numId="42" w16cid:durableId="2035958672">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="629287026">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="429354244">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="444738353">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1545829947">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="711928961">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="785848291">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white" stroke="f">
       <v:fill color="white" on="f"/>
       <v:stroke on="f"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10796,50 +10761,51 @@
     <w:rsid w:val="002C446E"/>
     <w:rsid w:val="002C57BC"/>
     <w:rsid w:val="002D19EB"/>
     <w:rsid w:val="002D3321"/>
     <w:rsid w:val="002E37B4"/>
     <w:rsid w:val="002E4C68"/>
     <w:rsid w:val="002E6698"/>
     <w:rsid w:val="002E699F"/>
     <w:rsid w:val="002E6B44"/>
     <w:rsid w:val="002F09C7"/>
     <w:rsid w:val="002F1742"/>
     <w:rsid w:val="002F3850"/>
     <w:rsid w:val="002F6400"/>
     <w:rsid w:val="002F6CFB"/>
     <w:rsid w:val="003018CD"/>
     <w:rsid w:val="00302747"/>
     <w:rsid w:val="00303135"/>
     <w:rsid w:val="00304A90"/>
     <w:rsid w:val="0030737F"/>
     <w:rsid w:val="00311DF1"/>
     <w:rsid w:val="00313985"/>
     <w:rsid w:val="00315E63"/>
     <w:rsid w:val="00316639"/>
     <w:rsid w:val="003202B1"/>
     <w:rsid w:val="00324D2D"/>
+    <w:rsid w:val="003333B9"/>
     <w:rsid w:val="00335A54"/>
     <w:rsid w:val="00337CBB"/>
     <w:rsid w:val="00337E11"/>
     <w:rsid w:val="00340BF5"/>
     <w:rsid w:val="003423CC"/>
     <w:rsid w:val="003463F5"/>
     <w:rsid w:val="00353160"/>
     <w:rsid w:val="00354087"/>
     <w:rsid w:val="00356E13"/>
     <w:rsid w:val="0035755F"/>
     <w:rsid w:val="00361FC2"/>
     <w:rsid w:val="00362040"/>
     <w:rsid w:val="00364C6C"/>
     <w:rsid w:val="003662DB"/>
     <w:rsid w:val="00371B3F"/>
     <w:rsid w:val="00374421"/>
     <w:rsid w:val="00377D4A"/>
     <w:rsid w:val="00381184"/>
     <w:rsid w:val="003848EE"/>
     <w:rsid w:val="003920AA"/>
     <w:rsid w:val="003A0902"/>
     <w:rsid w:val="003A11E2"/>
     <w:rsid w:val="003A1BBD"/>
     <w:rsid w:val="003A3236"/>
     <w:rsid w:val="003A6FF4"/>
@@ -11358,67 +11324,69 @@
     <w:rsid w:val="00D5582A"/>
     <w:rsid w:val="00D55D7D"/>
     <w:rsid w:val="00D60834"/>
     <w:rsid w:val="00D60E3C"/>
     <w:rsid w:val="00D63F02"/>
     <w:rsid w:val="00D672A4"/>
     <w:rsid w:val="00D73CC2"/>
     <w:rsid w:val="00D813E7"/>
     <w:rsid w:val="00D9562E"/>
     <w:rsid w:val="00DA191F"/>
     <w:rsid w:val="00DA398D"/>
     <w:rsid w:val="00DA6307"/>
     <w:rsid w:val="00DA651B"/>
     <w:rsid w:val="00DB4F49"/>
     <w:rsid w:val="00DC0C6B"/>
     <w:rsid w:val="00DC1661"/>
     <w:rsid w:val="00DC193D"/>
     <w:rsid w:val="00DC3F49"/>
     <w:rsid w:val="00DC4E08"/>
     <w:rsid w:val="00DC539F"/>
     <w:rsid w:val="00DC614D"/>
     <w:rsid w:val="00DC6335"/>
     <w:rsid w:val="00DD03E1"/>
     <w:rsid w:val="00DD36EB"/>
     <w:rsid w:val="00DD5066"/>
+    <w:rsid w:val="00DD624D"/>
     <w:rsid w:val="00DE086D"/>
     <w:rsid w:val="00DE1714"/>
     <w:rsid w:val="00DF3FF1"/>
     <w:rsid w:val="00DF5699"/>
     <w:rsid w:val="00DF5A64"/>
     <w:rsid w:val="00E0009D"/>
     <w:rsid w:val="00E041F2"/>
     <w:rsid w:val="00E06A34"/>
     <w:rsid w:val="00E16F97"/>
     <w:rsid w:val="00E1792D"/>
     <w:rsid w:val="00E27CE6"/>
     <w:rsid w:val="00E27D88"/>
     <w:rsid w:val="00E30F1F"/>
     <w:rsid w:val="00E31852"/>
     <w:rsid w:val="00E33834"/>
     <w:rsid w:val="00E36632"/>
     <w:rsid w:val="00E40F65"/>
+    <w:rsid w:val="00E42D50"/>
     <w:rsid w:val="00E4721E"/>
     <w:rsid w:val="00E51094"/>
     <w:rsid w:val="00E5325E"/>
     <w:rsid w:val="00E54825"/>
     <w:rsid w:val="00E552BE"/>
     <w:rsid w:val="00E60E7D"/>
     <w:rsid w:val="00E620C0"/>
     <w:rsid w:val="00E6422B"/>
     <w:rsid w:val="00E660C9"/>
     <w:rsid w:val="00E666F1"/>
     <w:rsid w:val="00E67939"/>
     <w:rsid w:val="00E67E75"/>
     <w:rsid w:val="00E70DA8"/>
     <w:rsid w:val="00E7160D"/>
     <w:rsid w:val="00E7198A"/>
     <w:rsid w:val="00E74DDB"/>
     <w:rsid w:val="00E750B8"/>
     <w:rsid w:val="00E75B97"/>
     <w:rsid w:val="00E76BE7"/>
     <w:rsid w:val="00E839E2"/>
     <w:rsid w:val="00E84003"/>
     <w:rsid w:val="00E84502"/>
     <w:rsid w:val="00E8753A"/>
     <w:rsid w:val="00E90232"/>
     <w:rsid w:val="00E92232"/>
@@ -11530,51 +11498,51 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white" stroke="f">
       <v:fill color="white" on="f"/>
       <v:stroke on="f"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="605E394F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4B6DB150-427B-446E-926C-41DFB49D09F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote text" w:uiPriority="99"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="footnote reference" w:uiPriority="99"/>
@@ -12613,51 +12581,51 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="berschrift2extern">
     <w:name w:val="Überschrift 2 extern"/>
     <w:basedOn w:val="Standard"/>
     <w:qFormat/>
     <w:rsid w:val="00A70B1D"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="260" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="86274361">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="612249079">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -17703,65 +17671,78 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="e0eee35d-00df-451c-a86a-64caf1269c56"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9dc0420b-a3c9-4620-a3a0-e6700e61b433">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100E68DE9E4DD44764F9D6E358942DE39A6" ma:contentTypeVersion="16" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d1e6fcdbeb64785e621c8eb9a6e5dff7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9dc0420b-a3c9-4620-a3a0-e6700e61b433" xmlns:ns3="e0eee35d-00df-451c-a86a-64caf1269c56" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="abb144c8b1054fdd780b2dc4b1ecff79" ns2:_="" ns3:_="">
     <xsd:import namespace="9dc0420b-a3c9-4620-a3a0-e6700e61b433"/>
     <xsd:import namespace="e0eee35d-00df-451c-a86a-64caf1269c56"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -17960,132 +17941,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D43B7B8-84D4-6848-9454-D7008F158EB1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E05970E1-9217-4E0A-9CBF-462D58EF897E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e0eee35d-00df-451c-a86a-64caf1269c56"/>
     <ds:schemaRef ds:uri="9dc0420b-a3c9-4620-a3a0-e6700e61b433"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D43B7B8-84D4-6848-9454-D7008F158EB1}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E04F110-574F-6948-8A9E-33DA0E8A31E1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9507C5F-D5AE-4052-B80B-94378A2F73C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28DBB8B4-9EEA-486F-98B7-011A39F29375}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9dc0420b-a3c9-4620-a3a0-e6700e61b433"/>
     <ds:schemaRef ds:uri="e0eee35d-00df-451c-a86a-64caf1269c56"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1092</Words>
-  <Characters>6886</Characters>
+  <Words>1095</Words>
+  <Characters>6899</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>57</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7963</CharactersWithSpaces>
+  <CharactersWithSpaces>7979</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>8257616</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>54</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:quereinstieg.ip.ph@fhnw.ch</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4390939</vt:i4>
       </vt:variant>
       <vt:variant>